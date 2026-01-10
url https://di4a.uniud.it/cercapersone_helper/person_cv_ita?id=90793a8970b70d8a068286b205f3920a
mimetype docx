--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6DC8D03E" w14:textId="4BE9B9D5" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:ind w:right="1913"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="608AFC04" wp14:editId="2F71FB1D">
             <wp:extent cx="757003" cy="504669"/>
             <wp:effectExtent l="0" t="0" r="5080" b="3810"/>
             <wp:docPr id="8" name="Immagine 8" descr="Politica regionale Inforegio"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="Politica regionale Inforegio"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="757003" cy="504669"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -466,61 +465,83 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dal 2014 Al 2021 </w:t>
       </w:r>
       <w:r w:rsidR="006861B7" w:rsidRPr="002B17CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B17CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Institut Polytechnique U</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Institut Polytechnique </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B17CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>niLaSalle, Beauvais (Francia)</w:t>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>niLaSalle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Beauvais (Francia)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344FC7E3" w14:textId="1BC38E11" w:rsidR="006861B7" w:rsidRDefault="002B17CB" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B17CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Enseignant-Chercheur, Agronomie des Territoires</w:t>
@@ -548,59 +569,93 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dal 2014 Al 2014 </w:t>
       </w:r>
       <w:r w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Scuola Superiore Sant’Anna, Pisa</w:t>
+        <w:t>Scuola</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Superiore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Sant’Anna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, Pisa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A7583C" w14:textId="1394EABE" w:rsidR="00135636" w:rsidRDefault="00135636" w:rsidP="00135636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135636">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Assegnista di ricerca, settore scientifico-disciplinare </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -715,75 +770,110 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135636">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dal 2012 Al 2013</w:t>
       </w:r>
       <w:r w:rsidRPr="00135636">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00135636">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>INRA, centre de Theix</w:t>
-      </w:r>
+        <w:t xml:space="preserve">INRA, centre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00135636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Theix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3A766813" w14:textId="77777777" w:rsidR="00135636" w:rsidRPr="00875141" w:rsidRDefault="00135636" w:rsidP="00135636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ingénieur de recherche</w:t>
-      </w:r>
+        <w:t>Ingénieur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recherche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="72617173" w14:textId="77777777" w:rsidR="00135636" w:rsidRPr="00875141" w:rsidRDefault="00135636" w:rsidP="00135636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22463150" w14:textId="77777777" w:rsidR="00135636" w:rsidRPr="00135636" w:rsidRDefault="00135636" w:rsidP="00135636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135636">
@@ -937,83 +1027,109 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
       <w:r w:rsidR="006861B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006861B7" w:rsidRPr="000036EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t>Scuola Superiore Sant’Anna, Pisa &amp; AgroParisTech (Francia)</w:t>
+        <w:t xml:space="preserve">Scuola Superiore Sant’Anna, Pisa &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>AgroParisTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Francia)</w:t>
       </w:r>
       <w:r w:rsidR="006861B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>Perfezionamento - Agricoltura, Alimentazione, Ambiente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C0859B" w14:textId="05AE68A4" w:rsidR="006861B7" w:rsidRPr="00875141" w:rsidRDefault="002B17CB" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1911"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Doctorat - Agronomie et Environnement</w:t>
+        <w:t>Doctorat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00875141">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Agronomie et Environnement</w:t>
       </w:r>
       <w:r w:rsidR="006861B7" w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006861B7" w:rsidRPr="00875141">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D26A04" w14:textId="01BEF873" w:rsidR="006861B7" w:rsidRDefault="002B17CB" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1911"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
@@ -1397,317 +1513,477 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021-in corso)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5C45F9" w14:textId="50858597" w:rsidR="00135636" w:rsidRPr="00585F30" w:rsidRDefault="00135636" w:rsidP="00585F30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>-Coordinatrice dei CdL in Scienze Agrarie e CdLM in Scienze e Tecnologie Agrarie</w:t>
+        <w:t xml:space="preserve">-Coordinatrice dei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>CdL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Scienze Agrarie e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>CdLM</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Scienze e Tecnologie Agrarie</w:t>
       </w:r>
       <w:r w:rsidR="007E6C52">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022-in corso)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E909DB" w14:textId="5B3472AA" w:rsidR="00135636" w:rsidRPr="00585F30" w:rsidRDefault="00135636" w:rsidP="00585F30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061FBD3A" w14:textId="6A3BBF81" w:rsidR="00135636" w:rsidRPr="00585F30" w:rsidRDefault="00135636" w:rsidP="00585F30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Incarichi accademici, Institut Polytechnique UniLaSalle:</w:t>
+        <w:t xml:space="preserve">Incarichi accademici, Institut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Polytechnique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>UniLaSalle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06CC7AA8" w14:textId="4EB10159" w:rsidR="00135636" w:rsidRPr="00585F30" w:rsidRDefault="00135636" w:rsidP="00585F30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">-Direttrice del </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E6C52" w:rsidRPr="00C0485F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Col</w:t>
       </w:r>
       <w:r w:rsidR="00C0485F" w:rsidRPr="00C0485F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>lège Agrosciences</w:t>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="007E6C52">
+        <w:t>lège</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C0485F" w:rsidRPr="00C0485F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C0485F" w:rsidRPr="00C0485F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Agrosciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C0485F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> già </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00585F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Dipartimento di Scienze Agrarie e Animali</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017-2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483E94AC" w14:textId="5B398596" w:rsidR="00135636" w:rsidRPr="007E6C52" w:rsidRDefault="00135636" w:rsidP="00585F30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="554"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Co-coordinatrice </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>CdLM</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
+        </w:rPr>
         <w:t>Agronomie et Territoires</w:t>
       </w:r>
       <w:r w:rsidR="007E6C52">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015-2019)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73190C0D" w14:textId="77777777" w:rsidR="007E6C52" w:rsidRPr="007E6C52" w:rsidRDefault="007E6C52" w:rsidP="00585F30">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5375E8CD" w14:textId="4759DCF5" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pubblicazioni</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F126737" w14:textId="4D0F4935" w:rsidR="00AC2E6D" w:rsidRDefault="006861B7" w:rsidP="006861B7">
+    <w:p w14:paraId="4F126737" w14:textId="5620DC87" w:rsidR="00AC2E6D" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:pStyle w:val="Eaoaeaa"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="left" w:pos="7121"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorBidi"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Autrice o co-autrice di </w:t>
       </w:r>
       <w:r w:rsidR="00AC2E6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorBidi"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">30 </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00577876">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">pubblicazioni </w:t>
       </w:r>
       <w:r w:rsidR="00AC2E6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>scientifiche su riviste scientifiche indicizzate</w:t>
+        <w:t>su riviste scientifiche indicizzate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A09BA4C" w14:textId="77777777" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="00AC2E6D">
       <w:pPr>
         <w:pStyle w:val="Eaoaeaa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7121"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74E97BBF" w14:textId="334C87FD" w:rsidR="00AC2E6D" w:rsidRPr="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="00AC2E6D">
       <w:pPr>
         <w:pStyle w:val="Eaoaeaa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7121"/>
         </w:tabs>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Per maggiori dettagli </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C26C4D">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>https://www.scopus.com/authid/detail.uri?authorId=55008938600</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC2E6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E78643F" w14:textId="157B99EF" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="00AC2E6D">
@@ -1848,602 +2124,967 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188DB6F9" w14:textId="620FD6EB" w:rsidR="00760A41" w:rsidRDefault="00760A41" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>-Membro del Collegio dei Docenti, Dottorato di Scienze e Biotecnologie Agrarie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6488FB58" w14:textId="49BA0AD0" w:rsidR="004A29D1" w:rsidRDefault="004A29D1" w:rsidP="006861B7">
+    <w:p w14:paraId="516DDC6D" w14:textId="2FFAF68B" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="516DDC6D" w14:textId="2FFAF68B" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
+    <w:p w14:paraId="49D0FC13" w14:textId="78F30EDF" w:rsidR="00AC2E6D" w:rsidRPr="00760A41" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="49D0FC13" w14:textId="78F30EDF" w:rsidR="00AC2E6D" w:rsidRPr="00760A41" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
+      <w:r w:rsidRPr="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presso l’Institut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Polytechnique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>UniLaSalle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Francia)</w:t>
+      </w:r>
+      <w:r w:rsidR="00760A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è stata m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>embro dell’équipe di ricerca INTERACT di cui è tutt’ora membro associato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E457CD2" w14:textId="2E5E0C75" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00760A41">
-[...27 lines deleted...]
-    <w:p w14:paraId="1E457CD2" w14:textId="2E5E0C75" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
+    </w:p>
+    <w:p w14:paraId="6910A397" w14:textId="0575A0D9" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6910A397" w14:textId="0575A0D9" w:rsidR="00AC2E6D" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Presso la Scuola Superiore Sant’Anna di Pisa, è stata membro dell’Istituto di Scienze della Vita, laboratorio Land Lab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0947FC8D" w14:textId="77777777" w:rsidR="00516B73" w:rsidRDefault="00516B73" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D336F91" w14:textId="6E39513D" w:rsidR="00516B73" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Progetti di ricerca in corso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394C027D" w14:textId="77777777" w:rsidR="00516B73" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="394C027D" w14:textId="77777777" w:rsidR="00516B73" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35554DF7" w14:textId="41C7611A" w:rsidR="003358C0" w:rsidRDefault="003358C0" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="67BB627A" w14:textId="12A65A59" w:rsidR="00B82D66" w:rsidRPr="00104C0E" w:rsidRDefault="00B82D66" w:rsidP="00516B73">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>2025-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00894100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00460E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Progetto “Filiera per la transizione sostenibile del latte”. Finanziamento: </w:t>
+      </w:r>
+      <w:r w:rsidR="00527DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>MASAF</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>, progetti integrati di filiera</w:t>
+      </w:r>
+      <w:r w:rsidR="00527DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ruolo: </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>responsabile</w:t>
+      </w:r>
+      <w:r w:rsidR="00527DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WP1 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86AEB" w:rsidRPr="00A86AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Sistemi foraggeri efficienti e resilienti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D624D6C" w14:textId="77777777" w:rsidR="003358C0" w:rsidRDefault="003358C0" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67BB627A" w14:textId="249CC5F0" w:rsidR="00B82D66" w:rsidRPr="00104C0E" w:rsidRDefault="00B82D66" w:rsidP="00516B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="554"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D57DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>2022-2025: AGRITECH National Center</w:t>
       </w:r>
       <w:r w:rsidR="006D57DE" w:rsidRPr="006D57DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Finanziamento: </w:t>
       </w:r>
       <w:r w:rsidR="006D57DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">PNRR, </w:t>
       </w:r>
       <w:r w:rsidR="006D57DE" w:rsidRPr="006D57DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="006D57DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>ext Generation Europe.</w:t>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:t xml:space="preserve">ext Generation Europe. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0517" w:rsidRPr="006057E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Ruolo: co-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C0517" w:rsidRPr="006057E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>coordinatrice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C0517" w:rsidRPr="006057E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WP4.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="006057E2" w:rsidRPr="006057E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>“Smart climate agriculture and forestry: from sustainable products to bioeconomy”</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B6838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>reponsabile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B6838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C0517" w:rsidRPr="006057E2">
-[...16 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B6838">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>, reponsabile unità operativ</w:t>
+        <w:t>unità</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B6838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B6838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>operativ</w:t>
       </w:r>
       <w:r w:rsidR="009C6AFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B6838">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uniud per task 4.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="009A61C8" w:rsidRPr="009A61C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>“Farm network setup (Living Labs): a network of farms representative of the different agricultural systems to apply innovative technologies for the sustainable management of crops, animals and forests”</w:t>
       </w:r>
       <w:r w:rsidR="00104C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Maggiori informazioni: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t xml:space="preserve">. Maggiori </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00104C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>informazioni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00104C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="002B6838" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://agritechcenter.it/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002B6838">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA2C323" w14:textId="77777777" w:rsidR="00B82D66" w:rsidRPr="00104C0E" w:rsidRDefault="00B82D66" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CCD27E5" w14:textId="4D7151E6" w:rsidR="00516B73" w:rsidRPr="00F61F9E" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+    <w:p w14:paraId="5CCD27E5" w14:textId="4D7151E6" w:rsidR="00516B73" w:rsidRPr="00C50B3C" w:rsidRDefault="00516B73" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00366825" w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">-2026: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F61F9E" w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>SICaNSE (Information System to support ecosystem services related to the agricultural activities in the FVG region)</w:t>
+        <w:t>SICaNSE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F61F9E" w:rsidRPr="00F61F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Information System to support ecosystem services related to the agricultural activities in the FVG region)</w:t>
       </w:r>
       <w:r w:rsidR="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Finanziamento: Regione Friuli Venezia Giulia. Ruolo: responsabile </w:t>
-[...15 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61F9E" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanziamento: Regione </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F61F9E" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Friuli Venezia Giulia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F61F9E" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ruolo: responsabile </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A1947" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>macroazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A1947" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3A4C" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1 Ordinamenti colturali e sistemi agro-territoriali. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BC630B" w14:textId="77777777" w:rsidR="00516B73" w:rsidRPr="00F61F9E" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+    <w:p w14:paraId="01BC630B" w14:textId="77777777" w:rsidR="00516B73" w:rsidRPr="00C50B3C" w:rsidRDefault="00516B73" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5E4CF1FC" w14:textId="003D9CBE" w:rsidR="00516B73" w:rsidRPr="00F61F9E" w:rsidRDefault="00516B73" w:rsidP="00516B73">
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E4CF1FC" w14:textId="291C69AE" w:rsidR="00516B73" w:rsidRPr="00F61F9E" w:rsidRDefault="00516B73" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE46BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023-2025: PRIN 22 LEG-ITA </w:t>
+        <w:t>2023-202</w:t>
+      </w:r>
+      <w:r w:rsidR="004B014E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE46BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: PRIN 22 LEG-ITA </w:t>
       </w:r>
       <w:r w:rsidR="00FE46BA" w:rsidRPr="00FE46BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Innovative Approaches to</w:t>
       </w:r>
       <w:r w:rsidR="00FE46BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> determine grain legumes yield and yield stability in italian cropping systems. </w:t>
+        <w:t xml:space="preserve"> determine grain legumes yield and yield stability in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FE46BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>italian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FE46BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cropping systems. </w:t>
       </w:r>
       <w:r w:rsidR="00F61F9E" w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanziamento: MUR. </w:t>
       </w:r>
       <w:r w:rsidR="00FE46BA" w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ruolo: coordinatrice. Maggiori informazioni: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00936DAD" w:rsidRPr="00F61F9E">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://legita.uniud.it/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00936DAD" w:rsidRPr="00F61F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45457FBC" w14:textId="77777777" w:rsidR="00936DAD" w:rsidRPr="00F61F9E" w:rsidRDefault="00936DAD" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="055BBC6E" w14:textId="440AA419" w:rsidR="00936DAD" w:rsidRDefault="00936DAD" w:rsidP="00516B73">
+    <w:p w14:paraId="055BBC6E" w14:textId="5493ACA8" w:rsidR="00936DAD" w:rsidRDefault="00936DAD" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023-2025: PRIN 22 PNRR ECO-DRESS </w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>2023-202</w:t>
+      </w:r>
+      <w:r w:rsidR="004B014E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: PRIN 22 PNRR ECO-DRESS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00031E5B" w:rsidRPr="00031E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>ECOsystem services enhancement in DiveRsifiEd Soybean-based Systems</w:t>
+        <w:t>ECOsystem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00031E5B" w:rsidRPr="00031E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services enhancement in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00031E5B" w:rsidRPr="00031E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>DiveRsifiEd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00031E5B" w:rsidRPr="00031E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Soybean-based Systems</w:t>
       </w:r>
       <w:r w:rsidR="00FD3FF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00943D0B" w:rsidRPr="00943D0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanziamento: MUR. </w:t>
       </w:r>
       <w:r w:rsidR="00FD3FF2" w:rsidRPr="00FD3FF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ruolo: responsabile unità operative Uniud. Maggiori informazioni: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00FD3FF2" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://ecodress.uniud.it/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD3FF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCA730A" w14:textId="77777777" w:rsidR="00FD3FF2" w:rsidRDefault="00FD3FF2" w:rsidP="00516B73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
@@ -2451,51 +3092,50 @@
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30028888" w14:textId="1412853C" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006861B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Convegni</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258E1635" w14:textId="77777777" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C3C8BF1" w14:textId="4A0B120A" w:rsidR="006861B7" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -2576,58 +3216,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001D4D07">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>AgroMed International Conference 2016</w:t>
+        <w:t>AgroMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D4D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Conference 2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001D4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Avignone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
@@ -2655,185 +3306,207 @@
       <w:r w:rsidRPr="001D4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001D4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>2 Dicembre 2016</w:t>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D4D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Dicembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D4D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="006C3ED9" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://agromed2016.wordpress.com/scientific-committee/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C3ED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF90D0A" w14:textId="0025B56E" w:rsidR="006C3ED9" w:rsidRDefault="006C3ED9" w:rsidP="00916D76">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+      <w:r w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
+      <w:r w:rsidR="00916D76" w:rsidRPr="00C50B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Living Labs in agriculture. </w:t>
+      </w:r>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="it-IT"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">"Living Labs in agriculture. </w:t>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What do we know and what should we learn?" </w:t>
       </w:r>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
-[...1 lines deleted...]
-        <w:t>What do we know and what should we</w:t>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Universit</w:t>
       </w:r>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>à</w:t>
       </w:r>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">learn?" </w:t>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degli Studi di Padova</w:t>
+      </w:r>
+      <w:r w:rsidR="00916D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>Universit</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Febbraio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00916D76" w:rsidRPr="00916D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> degli Studi di Padova</w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t xml:space="preserve"> 2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="001D6392" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://livinglabswsdafnae.wixsite.com/workshop-living-labs/en/team-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001D6392">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20ED13A8" w14:textId="3B2441A2" w:rsidR="001D6392" w:rsidRDefault="001D6392" w:rsidP="007C6832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
@@ -2875,75 +3548,95 @@
       <w:r w:rsidR="007C6832">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C6832" w:rsidRPr="007C6832">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">International Farming System Association Conference "Systemic change for sustainable futures", </w:t>
       </w:r>
       <w:r w:rsidR="00455EB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">30 Giugno-4 Luglio 2024 </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">30 Giugno-4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00455EB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Luglio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00455EB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="006D057A" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://ifsa2024.crea.gov.it/theme-1-transition-pathways/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B224CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31322FED" w14:textId="2536DE4E" w:rsidR="00B224CD" w:rsidRPr="007C6832" w:rsidRDefault="00B224CD" w:rsidP="007C6832">
+    <w:p w14:paraId="31322FED" w14:textId="2536DE4E" w:rsidR="00B224CD" w:rsidRDefault="00B224CD" w:rsidP="007C6832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="002B4181">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
@@ -2980,311 +3673,429 @@
       </w:r>
       <w:r w:rsidR="00C2791B" w:rsidRPr="00C2791B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Synergies for a resilient future: from knowledge to action</w:t>
       </w:r>
       <w:r w:rsidR="002B4181">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>, Rennes (Francia), 26-30 Agosto 2024</w:t>
       </w:r>
       <w:r w:rsidR="00455EB7" w:rsidRPr="00455EB7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00455EB7" w:rsidRPr="00583250">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="it-IT"/>
           </w:rPr>
           <w:t>https://events.institut-agro.fr/event/1/page/11-scientific-committee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00455EB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="25D1759F" w14:textId="18AB095E" w:rsidR="003D7B13" w:rsidRPr="00F74446" w:rsidRDefault="003D7B13" w:rsidP="007C6832">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="554"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00536AF7" w:rsidRPr="00536AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>54th National Conference of the Italian Society for Agronomy</w:t>
+      </w:r>
+      <w:r w:rsidR="00536AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – “</w:t>
+      </w:r>
+      <w:r w:rsidR="007511C4" w:rsidRPr="007511C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>Agronomic strategies in response to changes in agricultural and cropping systems</w:t>
+      </w:r>
+      <w:r w:rsidR="007511C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, Torino (Italia), </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74446" w:rsidRPr="00F74446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>17-19 Se</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ttembre </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74446" w:rsidRPr="00F74446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="004B014E" w:rsidRPr="000C3D37">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+          </w:rPr>
+          <w:t>https://siagr.it/wp-content/uploads/2025/09/Proceedings_convegno_sia_2025.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004B014E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="69D181C7" w14:textId="77777777" w:rsidR="006861B7" w:rsidRPr="007C6832" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="554"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68EDF732" w14:textId="77777777" w:rsidR="00AC2E6D" w:rsidRPr="007C6832" w:rsidRDefault="00AC2E6D" w:rsidP="006861B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BB3A5AD" w14:textId="04FC9508" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217042">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Autorizzo il trattamento dei miei dati personali ai sensi dell’art. 13 D. Lgs. 30 giugno 2003 n°196 – “Codice in materia di protezione dei dati personali” e dell’art. 13 GDPR 679/16 – “Regolamento europeo sulla protezione dei dati personali"</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E79AB1" w14:textId="77777777" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21263EA9" w14:textId="213BA0DE" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
+    <w:p w14:paraId="21263EA9" w14:textId="24B89DE2" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Data, </w:t>
       </w:r>
-      <w:r w:rsidR="00C2791B">
-[...5 lines deleted...]
-        <w:t>03</w:t>
+      <w:r w:rsidR="004B014E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidR="00AC2E6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00C2791B">
-[...5 lines deleted...]
-        <w:t>01</w:t>
+      <w:r w:rsidR="004B014E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00AC2E6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00C2791B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E016CC" w14:textId="0ED40D8F" w:rsidR="003455C5" w:rsidRDefault="003455C5"/>
     <w:sectPr w:rsidR="003455C5">
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EE02FD4" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8" w:rsidP="006861B7">
+    <w:p w14:paraId="26323E06" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D8319BB" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8" w:rsidP="006861B7">
+    <w:p w14:paraId="4D865BDE" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32765029" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8">
+    <w:p w14:paraId="46D5F388" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe MDL2 Assets">
     <w:panose1 w:val="050A0102010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numeropagina"/>
       </w:rPr>
       <w:id w:val="294269026"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numeropagina"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6E8318CE" w14:textId="2590397A" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="001700F6">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
           </w:rPr>
@@ -3294,51 +4105,51 @@
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numeropagina"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="099DA6A3" w14:textId="77777777" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3474D526" w14:textId="6756050A" w:rsidR="006861B7" w:rsidRDefault="006861B7" w:rsidP="006861B7">
     <w:pPr>
       <w:pStyle w:val="Aaoeeu"/>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3261"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t xml:space="preserve">Pagina </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -3389,198 +4200,209 @@
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t xml:space="preserve"> - Curriculum vitae di</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4551A71E" w14:textId="35BD585E" w:rsidR="006861B7" w:rsidRDefault="002B17CB" w:rsidP="006861B7">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>MARRACCINI Elisa</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A5A6FEE" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8" w:rsidP="006861B7">
+    <w:p w14:paraId="26BC76B1" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="279A5BBF" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8" w:rsidP="006861B7">
+    <w:p w14:paraId="670A4482" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF" w:rsidP="006861B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1171C248" w14:textId="77777777" w:rsidR="002E29F8" w:rsidRDefault="002E29F8">
+    <w:p w14:paraId="7C2DC622" w14:textId="77777777" w:rsidR="00F16AEF" w:rsidRDefault="00F16AEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006861B7"/>
     <w:rsid w:val="00031E5B"/>
     <w:rsid w:val="000C694A"/>
     <w:rsid w:val="000D1C0C"/>
     <w:rsid w:val="00104C0E"/>
     <w:rsid w:val="00135636"/>
     <w:rsid w:val="001D4D07"/>
     <w:rsid w:val="001D6392"/>
     <w:rsid w:val="0023113A"/>
     <w:rsid w:val="002A3A4C"/>
     <w:rsid w:val="002B0128"/>
     <w:rsid w:val="002B17CB"/>
     <w:rsid w:val="002B4181"/>
     <w:rsid w:val="002B6838"/>
     <w:rsid w:val="002D3746"/>
     <w:rsid w:val="002E29F8"/>
+    <w:rsid w:val="003358C0"/>
     <w:rsid w:val="003455C5"/>
     <w:rsid w:val="00366825"/>
     <w:rsid w:val="003A1947"/>
+    <w:rsid w:val="003D7B13"/>
     <w:rsid w:val="00455EB7"/>
+    <w:rsid w:val="00460E64"/>
     <w:rsid w:val="00461671"/>
     <w:rsid w:val="004A29D1"/>
+    <w:rsid w:val="004B014E"/>
     <w:rsid w:val="004E5D73"/>
     <w:rsid w:val="00516B73"/>
+    <w:rsid w:val="00527DE8"/>
+    <w:rsid w:val="00536AF7"/>
     <w:rsid w:val="00585F30"/>
     <w:rsid w:val="006057E2"/>
     <w:rsid w:val="006861B7"/>
     <w:rsid w:val="006C3ED9"/>
     <w:rsid w:val="006D057A"/>
     <w:rsid w:val="006D57DE"/>
     <w:rsid w:val="00713365"/>
+    <w:rsid w:val="007511C4"/>
     <w:rsid w:val="00760A41"/>
     <w:rsid w:val="007C0517"/>
     <w:rsid w:val="007C6832"/>
     <w:rsid w:val="007E6C52"/>
     <w:rsid w:val="00875141"/>
+    <w:rsid w:val="00894100"/>
     <w:rsid w:val="008B7D25"/>
     <w:rsid w:val="00916D76"/>
     <w:rsid w:val="00936DAD"/>
     <w:rsid w:val="00943D0B"/>
     <w:rsid w:val="00996B48"/>
     <w:rsid w:val="009A61C8"/>
     <w:rsid w:val="009C6AFD"/>
     <w:rsid w:val="009F0713"/>
     <w:rsid w:val="00A74A8D"/>
+    <w:rsid w:val="00A86AEB"/>
     <w:rsid w:val="00AC2E6D"/>
     <w:rsid w:val="00AF5461"/>
     <w:rsid w:val="00B224CD"/>
     <w:rsid w:val="00B82D66"/>
+    <w:rsid w:val="00BC5385"/>
     <w:rsid w:val="00BD21E8"/>
     <w:rsid w:val="00C0485F"/>
     <w:rsid w:val="00C2791B"/>
+    <w:rsid w:val="00C50B3C"/>
     <w:rsid w:val="00D82576"/>
+    <w:rsid w:val="00E15B57"/>
+    <w:rsid w:val="00F16AEF"/>
     <w:rsid w:val="00F61F9E"/>
+    <w:rsid w:val="00F74446"/>
     <w:rsid w:val="00FD3FF2"/>
     <w:rsid w:val="00FE46BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FCA7FE0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A2F98645-BD0F-1047-AF4F-215CA1EC9032}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4111,51 +4933,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC2E6D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00936DAD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="32654827">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="134572238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4172,51 +4994,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1730416487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agritechcenter.it/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifsa2024.crea.gov.it/theme-1-transition-pathways/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=55008938600" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livinglabswsdafnae.wixsite.com/workshop-living-labs/en/team-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agromed2016.wordpress.com/scientific-committee/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecodress.uniud.it/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://events.institut-agro.fr/event/1/page/11-scientific-committee" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legita.uniud.it/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legita.uniud.it/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://events.institut-agro.fr/event/1/page/11-scientific-committee" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agritechcenter.it/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifsa2024.crea.gov.it/theme-1-transition-pathways/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://livinglabswsdafnae.wixsite.com/workshop-living-labs/en/team-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=55008938600" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agromed2016.wordpress.com/scientific-committee/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://siagr.it/wp-content/uploads/2025/09/Proceedings_convegno_sia_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecodress.uniud.it/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4487,54 +5309,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100DCA79C390A1B374A8624CAF6EA10CD5C" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="b62b4fdc7fec7739e72e0fba3c0e620d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="437d5fe2-b523-431b-bf81-3f4f1509e8bc" xmlns:ns4="0dccabc7-3d23-4da0-9687-79cf2f1fb607" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="084c1d43871b64c4f929964c2f0145db" ns3:_="" ns4:_="">
     <xsd:import namespace="437d5fe2-b523-431b-bf81-3f4f1509e8bc"/>
     <xsd:import namespace="0dccabc7-3d23-4da0-9687-79cf2f1fb607"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4731,142 +5549,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="437d5fe2-b523-431b-bf81-3f4f1509e8bc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00B42464-9CB3-42EE-AC57-53B2FA2C1161}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9BEAD-50B0-4783-B117-A47FE93B7800}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="437d5fe2-b523-431b-bf81-3f4f1509e8bc"/>
     <ds:schemaRef ds:uri="0dccabc7-3d23-4da0-9687-79cf2f1fb607"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03B9299D-9481-42AB-BE40-D1C1EC1DA20E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00B42464-9CB3-42EE-AC57-53B2FA2C1161}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{038C5729-8C92-4CC9-9579-2D23E0E3A386}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="437d5fe2-b523-431b-bf81-3f4f1509e8bc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03B9299D-9481-42AB-BE40-D1C1EC1DA20E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>809</Words>
-  <Characters>4617</Characters>
+  <Words>891</Words>
+  <Characters>5082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5416</CharactersWithSpaces>
+  <CharactersWithSpaces>5962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Denise Bruno</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DCA79C390A1B374A8624CAF6EA10CD5C</vt:lpwstr>